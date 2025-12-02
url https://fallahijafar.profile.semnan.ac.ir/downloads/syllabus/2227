--- v0 (2025-10-14)
+++ v1 (2025-12-02)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="00E32E53" w:rsidRPr="00E32E53" w:rsidRDefault="00E32E53" w:rsidP="006B3CAE">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="IranNastaliq"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005908E6">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="IranNastaliq"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B632CC1" wp14:editId="56B8E145">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5494020</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
@@ -94,51 +94,51 @@
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00E32E53">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="IranNastaliq" w:hint="cs"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>به نام ایزد  دانا</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00743C43" w:rsidRDefault="00E32E53" w:rsidP="0007479E">
+    <w:p w:rsidR="00743C43" w:rsidRDefault="00E32E53" w:rsidP="00BF6A1B">
       <w:pPr>
         <w:spacing w:line="192" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="IranNastaliq"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0007479E">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Titr" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="0007479E" w:rsidRPr="0007479E">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Titr" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
@@ -223,59 +223,59 @@
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>تاریخ به</w:t>
       </w:r>
       <w:r w:rsidR="006B3CAE" w:rsidRPr="00B97D71">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidR="006B3CAE" w:rsidRPr="00B97D71">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">روز رسانی:    </w:t>
       </w:r>
-      <w:r w:rsidR="00285208">
+      <w:r w:rsidR="00BF6A1B">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>دی 1400</w:t>
+        <w:t>آبان 1404</w:t>
       </w:r>
       <w:r w:rsidR="006B3CAE" w:rsidRPr="00B97D71">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004C0E17">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="0007479E">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="28"/>
@@ -284,51 +284,51 @@
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="004C0E17">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0007479E">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005908E6" w:rsidRDefault="006B3CAE" w:rsidP="00285208">
+    <w:p w:rsidR="005908E6" w:rsidRDefault="006B3CAE" w:rsidP="00BF6A1B">
       <w:pPr>
         <w:spacing w:after="0" w:line="192" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005908E6">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="IranNastaliq"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>دانشکده</w:t>
       </w:r>
       <w:r w:rsidR="00D93ED3">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="IranNastaliq" w:hint="cs"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
@@ -352,79 +352,59 @@
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidR="006B0268">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">                       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
-      <w:r w:rsidRPr="005908E6">
+      <w:r w:rsidR="00BF6A1B">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">نیمسال </w:t>
-[...19 lines deleted...]
-        <w:t>1400-1401</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10330" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1525"/>
         <w:gridCol w:w="1530"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="1258"/>
         <w:gridCol w:w="2252"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="975"/>
       </w:tblGrid>
       <w:tr w:rsidR="006261B7" w:rsidTr="004C0E17">
         <w:trPr>
           <w:trHeight w:val="386"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
@@ -841,51 +821,62 @@
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>لاتین:</w:t>
             </w:r>
             <w:r w:rsidR="00D5304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D5304F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>Indian religions</w:t>
+              <w:t>Indian r</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00D5304F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>eligions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00B97D71" w:rsidRDefault="00B97D71" w:rsidP="00B97D71">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="Titr"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E31D17" w:rsidTr="007A6B1B">
         <w:trPr>
           <w:trHeight w:val="395"/>
           <w:jc w:val="center"/>
@@ -1368,52 +1359,50 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00285208" w:rsidRPr="00FE7024" w:rsidRDefault="00285208" w:rsidP="00285208">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A6B1B" w:rsidRPr="00FE7024" w:rsidRDefault="00285208" w:rsidP="007A6B1B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -3188,278 +3177,279 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="005908E6" w:rsidRPr="005908E6" w:rsidRDefault="005908E6" w:rsidP="0007479E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="IranNastaliq"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005908E6" w:rsidRPr="005908E6" w:rsidSect="0007479E">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A01202" w:rsidRDefault="00A01202" w:rsidP="0007479E">
+    <w:p w:rsidR="00354170" w:rsidRDefault="00354170" w:rsidP="0007479E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A01202" w:rsidRDefault="00A01202" w:rsidP="0007479E">
+    <w:p w:rsidR="00354170" w:rsidRDefault="00354170" w:rsidP="0007479E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="IranNastaliq">
-    <w:panose1 w:val="02020505000000020003"/>
+    <w:altName w:val="Microsoft Sans Serif"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Titr">
-    <w:panose1 w:val="00000700000000000000"/>
+    <w:altName w:val="Courier New"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Mitra">
-    <w:panose1 w:val="00000400000000000000"/>
+    <w:altName w:val="Courier New"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Lotus">
-    <w:panose1 w:val="00000400000000000000"/>
+    <w:altName w:val="Courier New"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Titr">
     <w:altName w:val="Courier New"/>
-    <w:panose1 w:val="00000700000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Nazanin">
-    <w:panose1 w:val="00000400000000000000"/>
+    <w:altName w:val="Courier New"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A01202" w:rsidRDefault="00A01202" w:rsidP="0007479E">
+    <w:p w:rsidR="00354170" w:rsidRDefault="00354170" w:rsidP="0007479E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A01202" w:rsidRDefault="00A01202" w:rsidP="0007479E">
+    <w:p w:rsidR="00354170" w:rsidRDefault="00354170" w:rsidP="0007479E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005908E6"/>
     <w:rsid w:val="00043444"/>
     <w:rsid w:val="00047D53"/>
     <w:rsid w:val="0007479E"/>
     <w:rsid w:val="001A24D7"/>
     <w:rsid w:val="001F2520"/>
     <w:rsid w:val="0023366D"/>
     <w:rsid w:val="0023517B"/>
     <w:rsid w:val="002478B0"/>
     <w:rsid w:val="00285208"/>
     <w:rsid w:val="002E13C9"/>
     <w:rsid w:val="00321206"/>
+    <w:rsid w:val="00354170"/>
     <w:rsid w:val="003D23C3"/>
     <w:rsid w:val="004B094A"/>
     <w:rsid w:val="004C0E17"/>
     <w:rsid w:val="00552C78"/>
     <w:rsid w:val="005908E6"/>
     <w:rsid w:val="005B71F9"/>
     <w:rsid w:val="006261B7"/>
     <w:rsid w:val="006B0268"/>
     <w:rsid w:val="006B3CAE"/>
     <w:rsid w:val="007367C0"/>
     <w:rsid w:val="00743C43"/>
     <w:rsid w:val="007A6B1B"/>
     <w:rsid w:val="00873F9E"/>
     <w:rsid w:val="00891C14"/>
     <w:rsid w:val="008D2DEA"/>
     <w:rsid w:val="00A01202"/>
     <w:rsid w:val="00B97D71"/>
     <w:rsid w:val="00BE73D7"/>
+    <w:rsid w:val="00BF6A1B"/>
     <w:rsid w:val="00C1549F"/>
     <w:rsid w:val="00C84F12"/>
     <w:rsid w:val="00D5304F"/>
     <w:rsid w:val="00D93571"/>
     <w:rsid w:val="00D93ED3"/>
     <w:rsid w:val="00E00030"/>
     <w:rsid w:val="00E13C35"/>
     <w:rsid w:val="00E31D17"/>
     <w:rsid w:val="00E32E53"/>
     <w:rsid w:val="00E51D15"/>
     <w:rsid w:val="00F760F3"/>
     <w:rsid w:val="00FA3054"/>
     <w:rsid w:val="00FE7024"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="57E55D34"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7B9B294B-9530-4E21-ADFB-C5A35F51342A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3844,65 +3834,58 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="005908E6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001A24D7"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -3939,51 +3922,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0007479E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0007479E"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -4220,82 +4203,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6D4CC69-2C63-455D-A10C-F20D64C08875}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB4EEF5A-952A-4C79-82B6-5230DA51B80A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>174</Words>
-  <Characters>998</Characters>
+  <Words>170</Words>
+  <Characters>974</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1170</CharactersWithSpaces>
+  <CharactersWithSpaces>1142</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>AMOZESH</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>